--- v0 (2025-12-01)
+++ v1 (2026-03-24)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNS_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zgodnie zaprojektować proste procesy obróbki cieplnej w oparciu o wykresy CTP przemian fazowych celem uzyskania pożądanego składu fazowego stali i ich właściwości przy użyciu komputerowych programów do symulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>