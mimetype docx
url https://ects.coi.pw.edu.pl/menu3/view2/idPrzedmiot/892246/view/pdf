--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -937,51 +937,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U12, IM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PBBiPI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student uzyska dostęp i nauczy się posługiwać narzędziami, dzięki którym będzie mógł dokonać  rzetelnej oceny pomysłu biznesowego oraz wykonać wstępny biznes-plan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>