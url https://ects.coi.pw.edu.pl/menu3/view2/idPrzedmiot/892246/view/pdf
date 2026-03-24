--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -771,217 +771,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemny sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_W17, IM1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PBBiPI_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady sporządzania biznes planu.  Student posiądzie wiedzę na temat narzędzi wspomagających proces oceny pomysłu biznesowego oraz opracowanie  wstępnego biznes -planu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadań domowych (przygotowania wstępnej koncepcji biznesu), obserwacja i ocena umiejętności praktycznych studenta, ocena prezentacji nt. opracowania pomysłu na biznes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_W14, IM1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PBBiPI_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PBBiPI_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna zasady sporządzania biznes planu.  Student posiądzie wiedzę na temat narzędzi wspomagających proces oceny pomysłu biznesowego oraz opracowanie  wstępnego biznes -planu. </w:t>
+        <w:t xml:space="preserve">Student będzie potrafił przeprowadzić analizę "Wstępnej Koncepcji Biznesu" oraz publicznie zaprezentować swoje/zespołu przedsięwzięcie/opracowanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena zadań domowych (przygotowania wstępnej koncepcji biznesu), obserwacja i ocena umiejętności praktycznych studenta, ocena prezentacji nt. opracowania pomysłu na biznes. </w:t>
+        <w:t xml:space="preserve">Ocena zadań domowych, ocena prezentacji końcowej projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W14, IM1_W17</w:t>
+        <w:t xml:space="preserve">IM1_U10, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PBBiPI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student uzyska dostęp i nauczy się posługiwać narzędziami, dzięki którym będzie mógł dokonać  rzetelnej oceny pomysłu biznesowego oraz wykonać wstępny biznes-plan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>