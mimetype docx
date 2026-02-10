--- v0 (2025-12-24)
+++ v1 (2026-02-10)
@@ -874,148 +874,218 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_W09, IM1_W06, IM1_W07, IM1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MATDEN_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasadę działania i budowę generatorów termoelektrycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MATDEN_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MATDEN_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasadę działania i budowę generatorów termoelektrycznych</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować moduł fotowoltaiczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATDEN_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać gatunek stali na elementy konstrukcyjne reaktora jądrowego i termojądrowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
@@ -1041,120 +1111,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATDEN_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi dobrać materiał termoelektryczny na dedykowany zakres temperaturowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>