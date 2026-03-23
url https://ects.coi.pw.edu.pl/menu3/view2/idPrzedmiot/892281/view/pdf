--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -874,51 +874,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W09, IM1_W06, IM1_W07, IM1_W08</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -990,50 +990,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATDEN_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać gatunek stali na elementy konstrukcyjne reaktora jądrowego i termojądrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MATDEN_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować moduł fotowoltaiczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1041,120 +1111,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATDEN_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi dobrać materiał termoelektryczny na dedykowany zakres temperaturowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>