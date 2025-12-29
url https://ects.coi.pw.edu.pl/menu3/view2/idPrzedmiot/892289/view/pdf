--- v0 (2025-12-03)
+++ v1 (2025-12-29)
@@ -740,357 +740,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W14</w:t>
+        <w:t xml:space="preserve">IM1_W14, IM1_W03, IM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka RMAT_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada ogólną wiedzę dotyczącą metod odzysku tworzyw sztucznych i metali</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W06, IM1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka RMAT_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody recyklingu wybranych grup wyrobów (elektroniczne, samochody, puszki, opony)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W08, IM1_W12, IM1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka RMAT_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka RMAT_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada ogólną wiedzę dotyczącą metod odzysku tworzyw sztucznych i metali</w:t>
+        <w:t xml:space="preserve">Potrafi analizować pozatechniczne aspekty przetwórstwa odpadów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W08</w:t>
+        <w:t xml:space="preserve">IM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka RMAT_W3: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka RMAT_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody recyklingu wybranych grup wyrobów (elektroniczne, samochody, puszki, opony)</w:t>
+        <w:t xml:space="preserve">Umie zaproponować ogólne zasady recyklingu materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W12, IM1_W14, IM1_W05, IM1_W06, IM1_W08</w:t>
+        <w:t xml:space="preserve">IM1_U16, IM1_U13, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WK, I.P6S_WG</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować metody recyklingu określonych grup wyrobów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>