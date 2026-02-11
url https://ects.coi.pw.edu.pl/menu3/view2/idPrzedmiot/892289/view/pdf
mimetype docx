--- v1 (2025-12-29)
+++ v2 (2026-02-11)
@@ -740,67 +740,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W14, IM1_W03, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną wiedzę dotyczącą metod odzysku tworzyw sztucznych i metali</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -880,67 +880,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W08, IM1_W12, IM1_W14</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W08, IM1_W12, IM1_W14, IM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U1: </w:t>
       </w:r>
     </w:p>
@@ -1030,67 +1030,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U16, IM1_U13, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować metody recyklingu określonych grup wyrobów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U16, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RMAT_K1: </w:t>
       </w:r>
     </w:p>