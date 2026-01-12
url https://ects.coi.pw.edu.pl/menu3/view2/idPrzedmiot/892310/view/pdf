--- v0 (2025-12-31)
+++ v1 (2026-01-12)
@@ -1685,347 +1685,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F II_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zastosować w obliczeniach prawo Einsteina(zjawisko fotoelektryczne) i prawo Comptona (rozpraszanie promieniowania gamma)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F1LAB_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zabudować prosty układ pomiarowy zgodnie z zadanym schematem i specyfikacją oraz sprawdzić poprawność jego działania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena umiejętności studenta w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka F II_U4: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F1LAB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie zastosować w obliczeniach prawo Einsteina(zjawisko fotoelektryczne) i prawo Comptona (rozpraszanie promieniowania gamma)</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie przeprowadzać eksperymenty, w tym pomiary wspomagane komputerowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F1LAB_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wizualizować i analizować wyniki pomiarów, obliczać niepewności wyznaczonych wielkości oraz weryfikować doświadczalnie założone zależności teoretyczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F1LAB_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokumentować wyniki pracy i przedstawić je w formie pisemnego opracowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>