--- v1 (2026-01-12)
+++ v2 (2026-02-10)
@@ -1631,245 +1631,245 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F II_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń prędkości rozchodzenia sie fal w różnych ośrodkach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka F II_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka F II_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać obliczeń prędkości rozchodzenia sie fal w różnych ośrodkach</w:t>
+        <w:t xml:space="preserve">Umie zastosować w obliczeniach prawo Einsteina(zjawisko fotoelektryczne) i prawo Comptona (rozpraszanie promieniowania gamma)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F1LAB_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zabudować prosty układ pomiarowy zgodnie z zadanym schematem i specyfikacją oraz sprawdzić poprawność jego działania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena umiejętności studenta w trakcie zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>