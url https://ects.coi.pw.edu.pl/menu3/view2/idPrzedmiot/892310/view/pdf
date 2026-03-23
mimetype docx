--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1631,51 +1631,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F II_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać obliczeń prędkości rozchodzenia sie fal w różnych ośrodkach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1771,51 +1771,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F1LAB_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zabudować prosty układ pomiarowy zgodnie z zadanym schematem i specyfikacją oraz sprawdzić poprawność jego działania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>