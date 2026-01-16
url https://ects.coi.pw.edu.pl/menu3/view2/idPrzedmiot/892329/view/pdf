--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -741,217 +741,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie i wygłoszenie referatu. Dyskusje ze studentami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W05, IM2_W07</w:t>
+        <w:t xml:space="preserve">IM2_W07, IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IGM_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna nowoczesne metody projektowania struktury granic w polikryształach oraz sposoby sterowania właściwościami populacji granic międzykrystalicznych. Zna tendencje rozwojowe optymalizacji właściwości materiałów polikrystalicznych lub wielofazowych przy wykorzystaniu metod inżynierii granic międzykrystalicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie i wygłoszenie referatu. Dyskusje ze studentami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09, IM2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IGM_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IGM_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna nowoczesne metody projektowania struktury granic w polikryształach oraz sposoby sterowania właściwościami populacji granic międzykrystalicznych. Zna tendencje rozwojowe optymalizacji właściwości materiałów polikrystalicznych lub wielofazowych przy wykorzystaniu metod inżynierii granic międzykrystalicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury polskiej i anglojęzycznej oraz innych właściwie dobranych źródeł celem opisania określonego zagadnienia naukowego lub technicznego z dziedziny granic międzykrystalicznych. Umie przeprowadzić analizę zebranych informacji, dokonywać ich interpretacji i krytycznej oceny, a także wyciągać wnioski oraz formułować i uzasadniać opinie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie i wygłoszenie referatu. Dyskusje ze studentami. </w:t>
+        <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie. Dyskusje ze studentami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W07, IM2_W09, IM2_W11</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U13, IM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IGM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi na podstawie literatury anglojęzycznej przygotować i przedstawić w języku polskim referat, dotyczący zagadnień z zakresu inżynierii materiałowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>