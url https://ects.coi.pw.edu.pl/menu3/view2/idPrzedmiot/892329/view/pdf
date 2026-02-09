--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -741,67 +741,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie i wygłoszenie referatu. Dyskusje ze studentami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W07, IM2_W05</w:t>
+        <w:t xml:space="preserve">IM2_W05, IM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IGM_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna nowoczesne metody projektowania struktury granic w polikryształach oraz sposoby sterowania właściwościami populacji granic międzykrystalicznych. Zna tendencje rozwojowe optymalizacji właściwości materiałów polikrystalicznych lub wielofazowych przy wykorzystaniu metod inżynierii granic międzykrystalicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>