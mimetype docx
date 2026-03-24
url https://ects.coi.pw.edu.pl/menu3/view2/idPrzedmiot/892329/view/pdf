--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -891,51 +891,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Indywidualnie przygotowane opracowanie. Dyskusje ze studentami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U13, IM2_U19</w:t>
+        <w:t xml:space="preserve">IM2_U13, IM2_U19, IM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>