--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -821,51 +821,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04, IM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę w zakresie matematyki obejmującą statystykę matematyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>