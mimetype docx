--- v1 (2026-01-16)
+++ v2 (2026-03-26)
@@ -751,121 +751,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna możliwości wykorzystania oprogramowanie do komputerowego wspomagania obliczeń matematycznych i analizy wyników. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W04, IM2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada wiedzę w zakresie matematyki obejmującą statystykę matematyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>