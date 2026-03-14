--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -741,51 +741,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">activity during the meet-ing with teacher (lec-ture) basic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W13, IM2_W15, IM2_W12</w:t>
+        <w:t xml:space="preserve">IM2_W12, IM2_W13, IM2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">activity during the meet-ing with teacher (lec-ture)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U15, IM2_U16</w:t>
+        <w:t xml:space="preserve">IM2_U16, IM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>