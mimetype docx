--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -1023,51 +1023,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U11, K_U01, K_U02, K_U04, K_U05, K_U06, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1093,80 +1093,150 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U01, K_U02, K_U07, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U08, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
@@ -1192,162 +1262,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U08, K_U09, K_U11</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U11, K_U01, K_U02, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>