--- v0 (2025-10-16)
+++ v1 (2025-12-26)
@@ -755,481 +755,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat modelowania systemów liniowych czasu ciągłego za pomocą równań/układów równań różniczkowych zwyczajnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat charakterystyk czasowych i częstotliwościowych systemów liniowych czasu ciągłego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat przybliżonych metod rozwiązywania równań różniczkowych cząstkowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat modelowania systemów liniowych czasu ciągłego za pomocą równań/układów równań różniczkowych zwyczajnych</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać nabytą wiedzę matematyczną do modelowania systemów liniowych czasu ciągłego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U09, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać do formułowania i rozwiązywania zadań inżynierskich metody analityczne, symulacyjne i eksperymentalne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat charakterystyk czasowych i częstotliwościowych systemów liniowych czasu ciągłego</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzać symulacje komputerowe, interpretować otrzymane wyniki i wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
+        <w:t xml:space="preserve">ocena sprawozdań laboraotoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W10</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U09, K_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U02, K_U09, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>