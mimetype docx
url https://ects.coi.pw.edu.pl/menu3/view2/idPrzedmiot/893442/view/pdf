--- v1 (2025-12-26)
+++ v2 (2026-02-11)
@@ -755,51 +755,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1115,51 +1115,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe, ocena sprawozdań laboraotoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U02, K_U09, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>