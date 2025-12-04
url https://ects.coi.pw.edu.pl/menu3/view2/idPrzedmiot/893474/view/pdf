--- v0 (2025-10-27)
+++ v1 (2025-12-04)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z przebiegu praktyk, opinia pracodawcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U11, DS_U12, DS_U16, DS_U24, DS_U25, DS_U26, DS_U28</w:t>
+        <w:t xml:space="preserve">DS_U24, DS_U25, DS_U26, DS_U28, DS_U11, DS_U12, DS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>