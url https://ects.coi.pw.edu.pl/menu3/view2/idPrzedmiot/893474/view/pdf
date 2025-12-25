--- v1 (2025-12-04)
+++ v2 (2025-12-25)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z przebiegu praktyk, opinia pracodawcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_W10, DS_W15</w:t>
+        <w:t xml:space="preserve">DS_W15, DS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z przebiegu praktyk, opinia pracodawcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U24, DS_U25, DS_U26, DS_U28, DS_U11, DS_U12, DS_U16</w:t>
+        <w:t xml:space="preserve">DS_U11, DS_U12, DS_U16, DS_U24, DS_U25, DS_U26, DS_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>