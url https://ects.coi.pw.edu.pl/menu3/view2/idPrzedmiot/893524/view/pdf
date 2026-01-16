--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -1569,51 +1569,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kartkówki, rozwiązywanie zadań przy tablicy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U06, M1_U21</w:t>
+        <w:t xml:space="preserve">M1_U21, M1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2069,51 +2069,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_K05, M1_K01</w:t>
+        <w:t xml:space="preserve">M1_K01, M1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>