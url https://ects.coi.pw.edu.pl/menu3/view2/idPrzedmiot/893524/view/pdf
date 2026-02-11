--- v1 (2026-01-16)
+++ v2 (2026-02-11)
@@ -1569,51 +1569,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kartkówki, rozwiązywanie zadań przy tablicy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U21, M1_U06</w:t>
+        <w:t xml:space="preserve">M1_U06, M1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>