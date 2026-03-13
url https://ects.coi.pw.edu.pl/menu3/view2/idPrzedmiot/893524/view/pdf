--- v2 (2026-02-11)
+++ v3 (2026-03-13)
@@ -789,51 +789,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kartkówki, rozwiązywanie zadań przy tablicy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W06, M1_W22</w:t>
+        <w:t xml:space="preserve">M1_W22, M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>