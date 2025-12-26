--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -1362,51 +1362,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U05, MAD1_U04</w:t>
+        <w:t xml:space="preserve">MAD1_U04, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>