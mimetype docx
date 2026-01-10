--- v1 (2025-12-26)
+++ v2 (2026-01-10)
@@ -1152,67 +1152,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U01, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować funkcje pierwotne dla podstawowych klas funkcji, stosować całkowanie przez części i przez podstawienie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1378,51 +1378,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U04, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować warunki konieczne i wystarczające do badania ekstremów funkcji wielu zmiennych i stosować je do praktycznych zagadnień; potrafi stosować twierdzenie o funkcjach uwikłanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>