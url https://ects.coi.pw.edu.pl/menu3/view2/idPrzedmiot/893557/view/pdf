--- v2 (2026-01-10)
+++ v3 (2026-03-02)
@@ -1152,67 +1152,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U05, MAD1_U01</w:t>
+        <w:t xml:space="preserve">MAD1_U01, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować funkcje pierwotne dla podstawowych klas funkcji, stosować całkowanie przez części i przez podstawienie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1238,51 +1238,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować wartość całki oznaczonej, stosować całkę do zagadnień geometrycznych, wyznaczać różne wielkości fizyczne z zastosowanie całek, stosować całki do budowania modeli matematycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>