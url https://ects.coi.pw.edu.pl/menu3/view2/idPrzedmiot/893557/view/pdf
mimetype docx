--- v3 (2026-03-02)
+++ v4 (2026-03-24)
@@ -1088,51 +1088,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U01: </w:t>
       </w:r>
     </w:p>
@@ -1238,51 +1238,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować wartość całki oznaczonej, stosować całkę do zagadnień geometrycznych, wyznaczać różne wielkości fizyczne z zastosowanie całek, stosować całki do budowania modeli matematycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>