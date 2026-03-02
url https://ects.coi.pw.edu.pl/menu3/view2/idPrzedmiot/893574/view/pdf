--- v1 (2026-01-17)
+++ v2 (2026-03-02)
@@ -789,121 +789,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AF_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia przestrzeni dualnej oraz słabej zbieżności w przestrzeniach unormowanych, zna  podstawy teorii spektralnej operatorów  zwartych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AF_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zastosowania analizy funkcjonalnej  w teorii równań różniczkowych i całkowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>