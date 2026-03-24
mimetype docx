--- v2 (2026-03-02)
+++ v3 (2026-03-24)
@@ -789,51 +789,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AF_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia przestrzeni dualnej oraz słabej zbieżności w przestrzeniach unormowanych, zna  podstawy teorii spektralnej operatorów  zwartych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -993,67 +993,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U05, MAD1_U09</w:t>
+        <w:t xml:space="preserve">MAD1_U09, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AF_K01: </w:t>
       </w:r>
     </w:p>