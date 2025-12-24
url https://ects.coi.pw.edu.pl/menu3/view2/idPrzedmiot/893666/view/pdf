--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W05, I2CC_W06, I2CC_W07, I2_W01, I2_W02, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06, I2SI_W07, I2CC_W01</w:t>
+        <w:t xml:space="preserve">I2_W01, I2_W02, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06, I2SI_W07, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W05, I2CC_W06, I2CC_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -803,51 +803,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W03, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06, I2SI_W07, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W05, I2CC_W06, I2CC_W07</w:t>
+        <w:t xml:space="preserve">I2SI_W07, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W05, I2CC_W06, I2CC_W07, I2_W03, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U05, I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05, I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2CC_U05, I2CC_U07, I2CC_U08, I2CC_U09, I2_U01, I2_U02, I2_U03, I2_U04</w:t>
+        <w:t xml:space="preserve">I2CC_U07, I2CC_U08, I2CC_U09, I2_U01, I2_U02, I2_U03, I2_U04, I2_U05, I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05, I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2CC_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>