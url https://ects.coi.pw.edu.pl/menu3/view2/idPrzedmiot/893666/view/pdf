--- v1 (2025-12-24)
+++ v2 (2026-02-09)
@@ -803,51 +803,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2SI_W07, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W05, I2CC_W06, I2CC_W07, I2_W03, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06</w:t>
+        <w:t xml:space="preserve">I2_W03, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06, I2SI_W07, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W05, I2CC_W06, I2CC_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_U07, I2CC_U08, I2CC_U09, I2_U01, I2_U02, I2_U03, I2_U04, I2_U05, I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05, I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2CC_U05</w:t>
+        <w:t xml:space="preserve">I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2CC_U05, I2CC_U07, I2CC_U08, I2CC_U09, I2_U01, I2_U02, I2_U03, I2_U04, I2_U05, I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>