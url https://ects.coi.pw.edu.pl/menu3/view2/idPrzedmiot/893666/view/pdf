--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W03, I2SI_W02, I2SI_W03, I2SI_W04, I2SI_W05, I2SI_W06, I2SI_W07, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2CC_W05, I2CC_W06, I2CC_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09, I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2CC_U05, I2CC_U07, I2CC_U08, I2CC_U09, I2_U01, I2_U02, I2_U03, I2_U04, I2_U05, I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05</w:t>
+        <w:t xml:space="preserve">I2CC_U01, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2CC_U05, I2CC_U07, I2CC_U08, I2CC_U09, I2_U01, I2_U02, I2_U03, I2_U04, I2_U05, I2SI_U01, I2SI_U02, I2SI_U03, I2SI_U04, I2SI_U05, I2SI_U06, I2SI_U07, I2SI_U08, I2SI_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>