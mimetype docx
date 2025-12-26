--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -895,51 +895,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MUF_U15, M2_U02</w:t>
+        <w:t xml:space="preserve">M2_U02, M2MUF_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -965,51 +965,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_U01, M2MUF_U05, M2MUF_U16, M2_U03</w:t>
+        <w:t xml:space="preserve">M2_U03, M2_U01, M2MUF_U05, M2MUF_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>