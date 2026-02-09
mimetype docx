--- v1 (2025-12-26)
+++ v2 (2026-02-09)
@@ -965,51 +965,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Referat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_U03, M2_U01, M2MUF_U05, M2MUF_U16</w:t>
+        <w:t xml:space="preserve">M2_U01, M2MUF_U05, M2MUF_U16, M2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>