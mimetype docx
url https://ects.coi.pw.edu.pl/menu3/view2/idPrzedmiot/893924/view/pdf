--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -903,51 +903,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu instalacji gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W02, IS_W08, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W02, IS_W08, IS_W12, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1569,51 +1569,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej - ekonomiczne rozliczenia kosztów eksploatacyjnych w ogrzewnictwie i ciepłownictwie (przy źródłach zasilanych gazem), ekologiczne aspekty wykorzystania gazu w celach grzewczych i komunalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>