--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -919,51 +919,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02, IS_W08, IS_W12, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach zmian w projektowaniu instalacji gazowych wynikających ze zmian w obowiązujących przepisach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>