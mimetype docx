--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ogrzewnictwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>