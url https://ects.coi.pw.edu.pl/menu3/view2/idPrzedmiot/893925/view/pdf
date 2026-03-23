--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -990,191 +990,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ogrzewnictwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - egzamin. Ćwiczenia audytoryjne - 2 kolowia. Ćwiczenia projektowe - wykonanie i obrona 2 projektów instalacji centralnego ogrzewania. Laboratorium - wykonanie pomiarów na stoiskach badawczych zakończone sprawozdaniami i ich obroną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - egzamin. Ćwiczenia audytoryjne - 2 kolowia. Ćwiczenia projektowe - wykonanie i obrona 2 projektów instalacji centralnego ogrzewania. Laboratorium - wykonanie pomiarów na stoiskach badawczych zakończone sprawozdaniami i ich obroną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewczego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>