--- v0 (2026-02-10)
+++ v1 (2026-03-23)
@@ -1039,191 +1039,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie sprawozdań z przeprowadzonych ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
+        <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewczego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdań z przeprowadzonych ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>