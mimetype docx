--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -838,271 +838,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe struktury układów regulacji i zabezpieczenia w systemach wentylacji i klimatyzacji: w pomieszczeniach; węzłach ciepłowniczych, wbudowanych źródłach ciepła. Zna metody poprawy jakości w układach regulacji temperatury i wilgotności względnej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W14, IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe struktury układów regulacji i zabezpieczenia w systemach wentylacji i klimatyzacji: w pomieszczeniach; węzłach ciepłowniczych, wbudowanych źródłach ciepła. Zna metody poprawy jakości w układach regulacji temperatury i wilgotności względnej</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie dobrać urządzenia regulacyjne, ustawić sterownik, sprawdzić stabilność i ocenić jakość regulacji w zamodelowanym lub rzeczywistym (eksploatowanym) układzie regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W15, IS_W08, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie dobrać urządzenia regulacyjne, ustawić sterownik, sprawdzić stabilność i ocenić jakość regulacji w zamodelowanym lub rzeczywistym (eksploatowanym) układzie regulacji.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić jakości regulacji i zużycie energii, dobrać optymalne nastawy algorytmu w układach regulacji temperatury lub wilgotności względnej w pomieszczeniu, temperatury wody zasilającej instalację c.o. i c.w.u. lub też przeprowadzić symulację stanów awaryjnych i ocenić prawidłowość działania układów zabezpieczających.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>