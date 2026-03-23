--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -784,51 +784,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna elementy składowe i zasady działania układów automatycznej regulacji oraz metody oceny ich stabilności i jakości regulacji, a także zasady doboru i ustawiania urządzeń regulacyjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W08</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe struktury układów regulacji i zabezpieczenia w systemach wentylacji i klimatyzacji: w pomieszczeniach; węzłach ciepłowniczych, wbudowanych źródłach ciepła. Zna metody poprawy jakości w układach regulacji temperatury i wilgotności względnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,137 +988,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U04, IS_U08, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić jakości regulacji i zużycie energii, dobrać optymalne nastawy algorytmu w układach regulacji temperatury lub wilgotności względnej w pomieszczeniu, temperatury wody zasilającej instalację c.o. i c.w.u. lub też przeprowadzić symulację stanów awaryjnych i ocenić prawidłowość działania układów zabezpieczających.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04, IS_U07, IS_U08, IS_U10, IS_U15, IS_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>