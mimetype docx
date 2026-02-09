--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który osiągnął cele kursu, będzie potrafił: omówić mechanizmy przenoszenia ciepła, które są istotne dla analizy cieplnej budynku: przewodzenie, konwekcja i promieniowanie cieplne, przeprowadzić analizę i obliczenia dla stacjonarnego przewodnictwa, konwekcji i promieniowania cieplnego elementu budynku, przeanalizować bilans cieplny dla strefy lub całego budynku za pomocą metody bilansów elementarnych, obliczać: podstawowe charakterystyki cieplne, wilgotnościowe  i energetyczne, niezbędne przy projektowaniu przegród i obiektów budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W09, IS_W01, IS_W03</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W04, IS_W09, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>