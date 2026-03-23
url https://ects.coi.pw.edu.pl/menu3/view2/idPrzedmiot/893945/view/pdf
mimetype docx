--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -837,51 +837,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W związku z tym, że fizyka budynków jest podstawowym kursem w inżynierii systemów ogrzewania, wentylacji, chłodzenia i klimatyzacji budynków, w przedmiocie kładzie nacisk na umiejętności i prowadzące do realizacji celu edukacyjnego, którym jest umiejętność  projektowania systemów i instalacji wewnętrznych budynków i rozwiązywanie problemów przepływów energii i masy w budynkach przy użyciu zasad matematycznych, naukowych i inżynierskich i narzędzi obliczeniowych. Wprowadzono intuicyjną, systematyczną technikę rozwiązywania problemów, która może być stosowana w rozwiązywaniu problemów inżynierskich. Studenci po kursie zdobywają umiejętność oszacowania wpływu elementów i konstrukcji obiektów budowlanych na przebieg zjawisk cieplnych i wilgotnościowych w budynku oraz interpretowania i stosowania: norm i przepisów budowlanych z zakresu zagadnień cieplnych i wilgotnościowych oraz weryfikowania, czy wymagania te są spełnione.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>