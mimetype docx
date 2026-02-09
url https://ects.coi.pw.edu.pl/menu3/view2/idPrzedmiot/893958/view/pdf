--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu właściwości fizycznych, mechanicz-nych i eksploatacyjnych materiałów stosowanych w obiektach budowlanych, urządzeniach, sieciach i instalacjach w sieciach i instalacjach ogrzewczych, wentylacyjnych, klimatyzacyjnych, wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1722,51 +1722,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowie-dzialności za podejmowane decyzje i realizowane zadania indywidualnie i zespołowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1776,67 +1776,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej. Potrafi przekazać informacje techniczne w sposób powszechnie zrozumiały, posiada umiejętność przygotowania wystąpień ustnych, w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>