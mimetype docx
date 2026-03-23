--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1142,51 +1142,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1776,67 +1776,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej. Potrafi przekazać informacje techniczne w sposób powszechnie zrozumiały, posiada umiejętność przygotowania wystąpień ustnych, w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>