--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -805,67 +805,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze inżynierii środowiska, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -955,67 +955,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U07, IS_U20, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w obszarze inżynierii sanitarnej i wodnej, potrafi wykonywać zadania  poprzez dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>