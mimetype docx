--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U20, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>