--- v0 (2025-12-28)
+++ v1 (2026-01-08)
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student nabywa umiejętności zrozumienia podstaw procesu projektowania konstrukcji inżynierskich rozwijanych na późniejszych latach studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>