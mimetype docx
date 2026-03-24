--- v1 (2026-01-08)
+++ v2 (2026-03-24)
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student nabywa umiejętności zrozumienia podstaw procesu projektowania konstrukcji inżynierskich rozwijanych na późniejszych latach studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>