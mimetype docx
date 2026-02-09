--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -808,67 +808,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W05, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą biosfery jako miejsca funkcjonowania ekosystemów naturalnych i poddanych antropopresji oraz struktury ekosystemu, zasady i pojęcia dotyczące obiegu materii i przepływu energii w układach ekologicznych oraz główne cykle biogeochemiczne pierwiastków i podstawowe prawa ekologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1266,51 +1266,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej na ekosystemy i związanej z tym odpowiedzialności za podejmowane decyzje </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>