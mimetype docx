--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną wiedzę na temat procesów metabolicznych zachodzących w żywej komórce, w tym sposobów pozyskiwania energii oraz zna przykłady wykorzystania tych procesów w  inżynierii i ochronie środowiska </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1266,51 +1266,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej na ekosystemy i związanej z tym odpowiedzialności za podejmowane decyzje </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>