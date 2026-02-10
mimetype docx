--- v0 (2026-01-15)
+++ v1 (2026-02-10)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W10, IS_W01, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie czynników wywołujących przepływ cieczy i gazu, urządzeń wspomagających przepływ oraz warunków ograniczających przepływ cieczy w przewodach oraz kanałach otwartych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>