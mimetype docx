--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -759,71 +759,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie: statyki płynów, ustalonego i nieustalonego przepływu cieczy w przewodach pracujących pod ciśnieniem, jednostajnego i zmiennego, ustalonego ruchu ze swobodnym zwierciadłem, hydrauliki wód podziemnych w aspekcie ich ujmowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę w zakresie: statyki płynów, ustalonego i nieustalonego przepływu cieczy w przewodach pracujących pod ciśnieniem, jednostajnego i zmiennego, ustalonego ruchu ze swobodnym zwierciadłem, hydrauliki wód podziemnych w aspekcie ich ujmowania</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie czynników wywołujących przepływ cieczy i gazu, urządzeń wspomagających przepływ oraz warunków ograniczających przepływ cieczy w przewodach oraz kanałach otwartych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -834,266 +904,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie czynników wywołujących przepływ cieczy i gazu, urządzeń wspomagających przepływ oraz warunków ograniczających przepływ cieczy w przewodach oraz kanałach otwartych </w:t>
+        <w:t xml:space="preserve">Zapoznał się z wybranymi metodami pomiaru fizycznych parametrów płynu w stanie spoczynku oraz w strumieniu cieczy i gazu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W10, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zapoznał się z wybranymi metodami pomiaru fizycznych parametrów płynu w stanie spoczynku oraz w strumieniu cieczy i gazu</w:t>
+        <w:t xml:space="preserve">Potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w zastosowaniu do inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń audytoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>