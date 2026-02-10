--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -906,51 +906,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przebieg procesów biologicznych podczas składowania i utylizacji odpadów oraz rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>