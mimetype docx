--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -890,67 +890,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed zajęciami laboratoryjnymi i kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przebieg procesów biologicznych podczas składowania i utylizacji odpadów oraz rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>