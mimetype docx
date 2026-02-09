--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -824,67 +824,67 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Krótkie prace kontrolne
 Wypowiedzi ustne
 Prezentacja ustna
 Prace domowe
 Prace pisemne
 Testy modułowe
 Egzamin B2
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U15, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>