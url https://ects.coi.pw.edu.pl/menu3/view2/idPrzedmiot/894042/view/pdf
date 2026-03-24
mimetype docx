--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -824,67 +824,67 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Krótkie prace kontrolne
 Wypowiedzi ustne
 Prezentacja ustna
 Prace domowe
 Prace pisemne
 Testy modułowe
 Egzamin B2
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U15, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>