--- v0 (2025-12-28)
+++ v1 (2026-01-11)
@@ -1273,51 +1273,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, pytania otwarte.
 Przeprowadzenie badań i prezentacja ich wyników, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K07, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>