--- v1 (2026-01-11)
+++ v2 (2026-02-10)
@@ -1051,51 +1051,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przeprowadzenie badań i prezentacja ich wyników, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U15, K_U11</w:t>
+        <w:t xml:space="preserve">K_U15, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1273,51 +1273,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, pytania otwarte.
 Przeprowadzenie badań i prezentacja ich wyników, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K07, K_K05</w:t>
+        <w:t xml:space="preserve">K_K07, K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>