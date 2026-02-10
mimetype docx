--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -844,185 +844,185 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada poszerzoną wiedzę dotyczącą zarządzania  zna podstawowe zasady tworzenia i rozwoju różnych form przedsiębiorczości, w tym tworzenie firm typu „spin-off” i „spin out”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z wykładu </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W12 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada poszerzoną wiedzę dotyczącą zarządzania  zna podstawowe zasady tworzenia i rozwoju różnych form przedsiębiorczości, w tym tworzenie firm typu „spin-off” i „spin out”.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać i przedstawić w formie pisemnej i prezentacji ustnej projekt, system lub proces typowy dla inżynierii środowiska oraz biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z wykładu </w:t>
+        <w:t xml:space="preserve">Projekt na ćwiczeniach </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W12 </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">B2_U07, B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>