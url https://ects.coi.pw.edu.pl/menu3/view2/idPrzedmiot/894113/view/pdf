--- v1 (2026-02-10)
+++ v2 (2026-03-02)
@@ -844,51 +844,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada poszerzoną wiedzę dotyczącą zarządzania  zna podstawowe zasady tworzenia i rozwoju różnych form przedsiębiorczości, w tym tworzenie firm typu „spin-off” i „spin out”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>