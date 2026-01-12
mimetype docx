--- v0 (2025-12-27)
+++ v1 (2026-01-12)
@@ -832,67 +832,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - test zaliczeniowy,
 Ćwiczenia - ciągła ocena pracy bieżącej na zajęciach ćwiczeniowych, wykonanie zadań domowych w grupach, prezentacja wykonanych prac zespołowych, kolokwium zaliczeniowe.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U02 , B2_U03 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się, dyskutować i przekazywać wiedzę z zakresu prawa i ekonomiki w biogospodarce w taki sposób, aby była ona zrozumiała dla osób nieposiadających przygotowania merytorycznego w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>