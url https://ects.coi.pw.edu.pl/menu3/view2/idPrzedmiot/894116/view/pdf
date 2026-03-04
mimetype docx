--- v1 (2026-01-12)
+++ v2 (2026-03-04)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się, dyskutować i przekazywać wiedzę z zakresu prawa i ekonomiki w biogospodarce w taki sposób, aby była ona zrozumiała dla osób nieposiadających przygotowania merytorycznego w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>