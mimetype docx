--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -848,201 +848,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie jak analizować informacje o majątku, kapitale, wynikach finansowych i przepływach finansowych. Student rozumie, że przepisy rachunkowości finansowej podlegają zmianom, wobec czego należy je obserwować i dostosowywać do zarządzania przedsiębiorstwem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W12 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student wie jak analizować informacje o majątku, kapitale, wynikach finansowych i przepływach finansowych. Student rozumie, że przepisy rachunkowości finansowej podlegają zmianom, wobec czego należy je obserwować i dostosowywać do zarządzania przedsiębiorstwem.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł, integrować je, dokonywać oceny oraz wyciągać wnioski i formułować opinie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z wykładu</w:t>
+        <w:t xml:space="preserve">Projekt z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W12 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać nabytą wiedzę do zarządzania finansami przedsiębiorstwa oraz sposobów rozwiązywania jego problemów finansowych. W przedmiotowym zakresie potrafi komunikować się z zespołem i prowadzić dyskusję. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>