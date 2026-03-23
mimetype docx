--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie jak analizować informacje o majątku, kapitale, wynikach finansowych i przepływach finansowych. Student rozumie, że przepisy rachunkowości finansowej podlegają zmianom, wobec czego należy je obserwować i dostosowywać do zarządzania przedsiębiorstwem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>