--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -778,87 +778,158 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe - wykład</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_W11 , B2_W05 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada poszerzoną wiedzę z zakresu podstawowych technik i narzędzi badawczych monitorowania oraz ochrony poszczególnych komponentów środowiska przed zanieczyszczeniami.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada poszerzoną wiedzę z zakresu podstawowych technik i narzędzi badawczych monitorowania oraz ochrony poszczególnych komponentów środowiska przed zanieczyszczeniami.		
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -870,553 +941,482 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
+        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację z zakresu ocen środowiskowych. W oparciu o wiedzę ogólną wyjaśnia podstawowe zjawiska związane z istotnymi procesami zachodzącymi w środowisku przyrodniczym w wyniku działalności w biogospodarce.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U07, B2_U03 , B2_U06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska i zdrowia ludzkiego związane z działalnością człowieka.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U06 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać oraz ocenić przydatność rutynowych metod i technik służących ochronie środowiska przyrodniczego przed zanieczyszczeniami.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzać ocenę oddziaływania przedsięwzięć i inwestycji na różne komponenty środowiska.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
+        <w:t xml:space="preserve">Potrafi pracować w zespole, pełnić w nim różne funkcje (w tym kierownicze) i ma świadomość odpowiedzialności za wspólnie realizowane zadania, związane z pracą zespołową. 		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+        <w:t xml:space="preserve">prezentacja wyników pracy + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 </w:t>
-[...369 lines deleted...]
-        <w:t xml:space="preserve">B2_K02 , B2_K03 , B2_K04 , B2_K01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>