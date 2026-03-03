--- v1 (2026-02-09)
+++ v2 (2026-03-03)
@@ -778,67 +778,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe - wykład</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W05 </w:t>
+        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada poszerzoną wiedzę z zakresu podstawowych technik i narzędzi badawczych monitorowania oraz ochrony poszczególnych komponentów środowiska przed zanieczyszczeniami.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -865,348 +865,348 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
+        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację z zakresu ocen środowiskowych. W oparciu o wiedzę ogólną wyjaśnia podstawowe zjawiska związane z istotnymi procesami zachodzącymi w środowisku przyrodniczym w wyniku działalności w biogospodarce.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację z zakresu ocen środowiskowych. W oparciu o wiedzę ogólną wyjaśnia podstawowe zjawiska związane z istotnymi procesami zachodzącymi w środowisku przyrodniczym w wyniku działalności w biogospodarce.		
+        <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska i zdrowia ludzkiego związane z działalnością człowieka.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U03 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać oraz ocenić przydatność rutynowych metod i technik służących ochronie środowiska przyrodniczego przed zanieczyszczeniami.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>