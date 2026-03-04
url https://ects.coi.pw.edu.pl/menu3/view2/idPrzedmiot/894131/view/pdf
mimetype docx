--- v0 (2025-12-27)
+++ v1 (2026-03-04)
@@ -760,67 +760,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych;  Zadania projektowe przygotowywane w zespołach ; Prezentacja zadań projektowych wykonywana w zespołach; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W10 , B2_W02 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W02 , B2_W04 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna w pogłębionym stopniu metody/technologie odzysku energii w oczyszczalni ścieków oparte na fizycznych i chemicznych procesach konwersji biomasy wtórnej, z uwzględnieniem wymagań aparaturowych oraz uwarunkowań środowiskowych i ekonomicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -900,67 +900,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W08 , B2_W02 , B2_W03 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W03 , B2_W04 , B2_W06 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu odzysku energii w oczyszczalni ścieków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08</w:t>
+        <w:t xml:space="preserve">B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku energii w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Sprawdziany pisemne przygotowania do ćwiczeń laboratoryjnych; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku energii w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1190,67 +1190,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Dwa kolokwia w ciągu semestru z zajęć projektowych; Trzy zespołowe projekty; Prezentacja z zajęć projektowych wykonywana w zespołach; Kolokwium końcowe z zajęć laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>