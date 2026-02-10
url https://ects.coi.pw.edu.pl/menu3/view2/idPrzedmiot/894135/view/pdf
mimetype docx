--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 , B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U13 , B2_U01 , B2_U02 , B2_U03 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U10 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi w sposób innowacyjny wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U11 , B2_U12 , B2_U13 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla biogospodarki (również w języku obcym). Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1173,51 +1173,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K05 , B2_K06 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>