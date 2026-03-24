--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 , B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W12 , B2_W05 , B2_W07 , B2_W08 , B2_W09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -889,51 +889,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W11 , B2_W12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U10 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U10 , B2_U13 , B2_U03 , B2_U06 , B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi w sposób innowacyjny wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru biogospodarki poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U11 , B2_U12 , B2_U13 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U11 , B2_U12 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UO, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla biogospodarki (również w języku obcym). Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1173,51 +1173,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K02 , B2_K05 , B2_K06 , B2_K01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1243,51 +1243,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>