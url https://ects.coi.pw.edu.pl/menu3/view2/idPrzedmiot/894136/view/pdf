--- v0 (2025-12-27)
+++ v1 (2026-01-11)
@@ -765,341 +765,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna techniki i technologie zagospodarowania surowców odnawialnych i potrafi je ocenić z punktu widzenia widzenia priorytetów biogospodarki i całej gospodarki cyrkularnej, w tym między innymi z wykorzystaniem metodyki oceny cyklu życia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W05 , B2_W08 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna techniki i technologie zagospodarowania surowców odnawialnych i potrafi je ocenić z punktu widzenia widzenia priorytetów biogospodarki i całej gospodarki cyrkularnej, w tym między innymi z wykorzystaniem metodyki oceny cyklu życia.</w:t>
+        <w:t xml:space="preserve">Student rozumie znaczenie technik wykorzystania surowców wtórnych, zna bieżące trendy w technologii oraz kierunki polityki środowiskowej, łącznie z jej konsekwencjami społeczno-ekonomicznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W08 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie znaczenie technik wykorzystania surowców wtórnych, zna bieżące trendy w technologii oraz kierunki polityki środowiskowej, łącznie z jej konsekwencjami społeczno-ekonomicznymi.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać właściwe metody zagospodarowania surowców wtórnych, z wykorzystaniem zasady kaskadowego wykorzystania biomasy i w oparciu o zasady obowiązujące w gospodarce obiegu zamkniętego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">wykonywanie zadań na zajęciach, kolokwium zaliczeniowe z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W07 , B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać właściwe metody zagospodarowania surowców wtórnych, z wykorzystaniem zasady kaskadowego wykorzystania biomasy i w oparciu o zasady obowiązujące w gospodarce obiegu zamkniętego.</w:t>
+        <w:t xml:space="preserve">Student potrafi zaproponować modyfikację istniejących metod/systemów zagospodarowania surowców wtórnych, tak aby spełniały kryteria efektywności ekonomicznej i środowiskowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonywanie zadań na zajęciach, kolokwium zaliczeniowe z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe)  z zakresie zasadności technicznej, ekonomicznej i środowiskowej wykorzystania surowców wtórnych dla różnych grup interesariuszy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>