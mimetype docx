--- v1 (2026-01-11)
+++ v2 (2026-02-09)
@@ -749,67 +749,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W06 , B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna techniki i technologie zagospodarowania surowców odnawialnych i potrafi je ocenić z punktu widzenia widzenia priorytetów biogospodarki i całej gospodarki cyrkularnej, w tym między innymi z wykorzystaniem metodyki oceny cyklu życia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,67 +969,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonywanie zadań na zajęciach, kolokwium zaliczeniowe z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U02 , B2_U06 , B2_U07, B2_U03 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować modyfikację istniejących metod/systemów zagospodarowania surowców wtórnych, tak aby spełniały kryteria efektywności ekonomicznej i środowiskowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1039,67 +1039,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonywanie zadań na zajęciach, kolokwium zaliczeniowe z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe)  z zakresie zasadności technicznej, ekonomicznej i środowiskowej wykorzystania surowców wtórnych dla różnych grup interesariuszy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>