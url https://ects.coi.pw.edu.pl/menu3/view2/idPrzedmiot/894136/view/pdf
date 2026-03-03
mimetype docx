--- v2 (2026-02-09)
+++ v3 (2026-03-03)
@@ -969,67 +969,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonywanie zadań na zajęciach, kolokwium zaliczeniowe z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U02 , B2_U06 , B2_U07, B2_U03 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaproponować modyfikację istniejących metod/systemów zagospodarowania surowców wtórnych, tak aby spełniały kryteria efektywności ekonomicznej i środowiskowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,51 +1055,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi formułować opinie/analizy (indywidualne oraz grupowe)  z zakresie zasadności technicznej, ekonomicznej i środowiskowej wykorzystania surowców wtórnych dla różnych grup interesariuszy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>