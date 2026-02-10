--- v0 (2025-12-24)
+++ v1 (2026-02-10)
@@ -916,51 +916,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -996,51 +996,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma umiejętność pracy zespołowej, potrafi kierować pracą zespołu oraz współpracować z ekspertami o różnych kompetencjach w wyniku czego mogą powstać interdyscyplinarne rozwiązania umożliwiające przeprowadzenie efektywnej hodowli mikroorganizmów na odpadach lignocelulozowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>