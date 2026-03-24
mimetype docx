--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -996,51 +996,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma umiejętność pracy zespołowej, potrafi kierować pracą zespołu oraz współpracować z ekspertami o różnych kompetencjach w wyniku czego mogą powstać interdyscyplinarne rozwiązania umożliwiające przeprowadzenie efektywnej hodowli mikroorganizmów na odpadach lignocelulozowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny, sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U08, B2_U09 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U14 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>