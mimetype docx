--- v0 (2025-12-03)
+++ v1 (2025-12-28)
@@ -910,121 +910,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy i obrona wykonanych zadań, przygotowanie i obrona projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U20, K_U01, K_U03, K_U05, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W zależności od wybranego tematu projektu potrafi zastosować praktycznie modele prognoz meteorologicznych w prognozie jakości powietrza lub zastosować modele hydrologiczne do prognozy stanu i przepływu wody w rzekach albo potrafi prognozować ilość generowanych odpadów a następnie zaprojektować zintegrowany system odzysku i unieszkodliwiania odpadów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena bieżącej pracy i obrona wykonanych zadań, przygotowanie i obrona projektu </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U06, K_U10, K_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U03, K_U05, K_U06, K_U10, K_U20, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>