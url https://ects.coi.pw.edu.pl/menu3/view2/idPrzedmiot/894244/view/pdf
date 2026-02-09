--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -910,51 +910,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżącej pracy i obrona wykonanych zadań, przygotowanie i obrona projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U20, K_U01, K_U03, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U10, K_U20, K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>