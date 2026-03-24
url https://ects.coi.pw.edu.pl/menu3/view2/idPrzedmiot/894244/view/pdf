--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -760,201 +760,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu, wykonanie zadań obliczeniowych, przygotowanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W08, K_W10, K_W12, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W zależności od wybranego tematu projektu zna sposoby wykorzystania oraz techniki prognozowania stanu atmosfery i jakości powietrza atmosferycznego lub zna sposoby wykorzystania modeli procesów hydrologicznych i systemów prognoz hydrologicznych do  prognozowania stanu i przepływu w rzekach lub zna sposoby prognozowania ilości wytwarzanych odpadów i bilansowania technologicznego w skali zakładu przemysłowego, regionu i gminy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu, wykonanie zadań obliczeniowych, przygotowanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W08, K_W10, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W zależności od wybranego tematu projektu zna sposoby wykorzystania oraz techniki prognozowania stanu atmosfery i jakości powietrza atmosferycznego lub zna sposoby wykorzystania modeli procesów hydrologicznych i systemów prognoz hydrologicznych do  prognozowania stanu i przepływu w rzekach lub zna sposoby prognozowania ilości wytwarzanych odpadów i bilansowania technologicznego w skali zakładu przemysłowego, regionu i gminy.</w:t>
+        <w:t xml:space="preserve">W zależności od wybranego tematu projektu potrafi dobrać i wykorzystać produkty prognozy meteorologicznej lub hydrologicznej albo dokonać prognozy masy i rodzaju odpadów generowanych w danym regionie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu, wykonanie zadań obliczeniowych, przygotowanie i obrona projektu</w:t>
+        <w:t xml:space="preserve">Ocena bieżącej pracy i obrona wykonanych zadań, przygotowanie i obrona projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W08, K_W10, K_W12</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U06, K_U10, K_U20, K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U06, K_U10, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>