--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -975,51 +975,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie raportu, obrona projektu.
 Przeprowadzenie badań i prezentacja wyników, obrona sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U14, K_U07, K_U09, K_U12</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U12, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>