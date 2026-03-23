--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -894,51 +894,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opracowanie raportu, obrona projektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W04, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>