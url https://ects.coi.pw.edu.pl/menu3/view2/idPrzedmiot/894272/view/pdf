--- v0 (2025-12-03)
+++ v1 (2026-02-10)
@@ -894,427 +894,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W14, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W08, IS_W13, IS_W14, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną wiedzę w zakresie sterowania procesami w COW; algorytmy standardowe i niestandardowe, zasady programowania sterowników swobodnie programowalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W13, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada rozszerzoną wiedzę w zakresie sterowania procesami w COW; algorytmy standardowe i niestandardowe, zasady programowania sterowników swobodnie programowalnych</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie komputerowych systemów zarządzania i nadzoru (BEMS) stosowanych w eksploatacji budynków; zna strategie sterowania pracą instalacji ogrzewczo- wentylacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W12, IS_W13, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie komputerowych systemów zarządzania i nadzoru (BEMS) stosowanych w eksploatacji budynków; zna strategie sterowania pracą instalacji ogrzewczo- wentylacyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie sporządzić bilans masowy i energetyczny procesu,  przeprowadzić pomiary oraz określić parametry modeli matematycznych opisujących procesy cieplne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny</w:t>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W13, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie sporządzić bilans masowy i energetyczny procesu,  przeprowadzić pomiary oraz określić parametry modeli matematycznych opisujących procesy cieplne</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić jakości regulacji i zużycie energii, dobrać optymalne nastawy algorytmu w układach regulacji temperatury lub wilgotności względnej w pomieszczeniu, temperatury wody zasilającej instalację c.o. i c.w.u. lub też przeprowadzić symulację stanów awaryjnych i ocenić prawidłowość działania układów zabezpieczających. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U15, IS_U16, IS_U04, IS_U07, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić jakości regulacji i zużycie energii, dobrać optymalne nastawy algorytmu w układach regulacji temperatury lub wilgotności względnej w pomieszczeniu, temperatury wody zasilającej instalację c.o. i c.w.u. lub też przeprowadzić symulację stanów awaryjnych i ocenić prawidłowość działania układów zabezpieczających. </w:t>
+        <w:t xml:space="preserve">Potrafi ocenić efekty komputerowego zarządzanie energią na komfort cieplny oraz zużycie energii  w budynkach z wykorzystaniem systemów BEMS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U15, IS_U16, IS_U04, IS_U07, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U04, IS_U07, IS_U08, IS_U10, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie ustawić parametry algorytmu sterowania w sterowniku skonfigurowanym oraz zbudować niestandardowy (optymalny) algorytm sterowania dla wybranych procesów COW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>