--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -894,51 +894,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W08, IS_W13, IS_W14, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W20, IS_W08, IS_W13, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1130,51 +1130,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić jakości regulacji i zużycie energii, dobrać optymalne nastawy algorytmu w układach regulacji temperatury lub wilgotności względnej w pomieszczeniu, temperatury wody zasilającej instalację c.o. i c.w.u. lub też przeprowadzić symulację stanów awaryjnych i ocenić prawidłowość działania układów zabezpieczających. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1184,137 +1184,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie sprawozdania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U07, IS_U08, IS_U10, IS_U15, IS_U16, IS_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić efekty komputerowego zarządzanie energią na komfort cieplny oraz zużycie energii  w budynkach z wykorzystaniem systemów BEMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie sprawozdania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U08, IS_U10, IS_U15, IS_U16, IS_U04, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie ustawić parametry algorytmu sterowania w sterowniku skonfigurowanym oraz zbudować niestandardowy (optymalny) algorytm sterowania dla wybranych procesów COW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>