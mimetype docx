--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1413,341 +1413,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować instalację wody lodowej wraz doborem najważniejszych urządzeń oraz dobrać i zaprojektować system bezpośredniego chłodzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować instalację wody lodowej wraz doborem najważniejszych urządzeń oraz dobrać i zaprojektować system bezpośredniego chłodzenia.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z ćwiczeń, projekt instalacji wody lodowej </w:t>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie agregatów wody lodowej oraz obliczyć podstawowe parametry eksploatacyjne urządzeń wchodzących w skład pośrednich i bezpośrednich systemów chłodniczych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z ćwiczeń </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie agregatów wody lodowej oraz obliczyć podstawowe parametry eksploatacyjne urządzeń wchodzących w skład pośrednich i bezpośrednich systemów chłodniczych </w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji polegających m.in. na śledzeniu postępów techniki w celu wykorzystania ich w praktyce zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
+        <w:t xml:space="preserve">Ustna dyskusja w ramach ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>