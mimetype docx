--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -1413,51 +1413,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować instalację wody lodowej wraz doborem najważniejszych urządzeń oraz dobrać i zaprojektować system bezpośredniego chłodzenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1483,271 +1483,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać obliczenia hydrauliczne sieci przewodów w instalacji wody lodowej </w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie agregatów wody lodowej oraz obliczyć podstawowe parametry eksploatacyjne urządzeń wchodzących w skład pośrednich i bezpośrednich systemów chłodniczych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium z ćwiczeń </w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić działanie agregatów wody lodowej oraz obliczyć podstawowe parametry eksploatacyjne urządzeń wchodzących w skład pośrednich i bezpośrednich systemów chłodniczych </w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji polegających m.in. na śledzeniu postępów techniki w celu wykorzystania ich w praktyce zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne wykładów, kolokwium z ćwiczeń</w:t>
+        <w:t xml:space="preserve">Ustna dyskusja w ramach ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>