--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -823,51 +823,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat możliwości finansowania działań związanych z zarządzaniem środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -879,67 +879,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -961,51 +961,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1105,67 +1105,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>