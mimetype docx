--- v1 (2026-01-16)
+++ v2 (2026-02-10)
@@ -807,67 +807,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat możliwości finansowania działań związanych z zarządzaniem środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -961,67 +961,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować usprawnienia w funkcjonowaniu dotychczasowego systemu zarządzania środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1121,51 +1121,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U20, IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>