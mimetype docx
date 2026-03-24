--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -807,67 +807,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat możliwości finansowania działań związanych z zarządzaniem środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -961,67 +961,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U15, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować usprawnienia w funkcjonowaniu dotychczasowego systemu zarządzania środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy SWOT systemu zarządzania środowiskiem w administracji i przedsiębiorstwie </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1105,67 +1105,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>