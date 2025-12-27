--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanego projektu i udział studenta w jego opracowaniu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiary i badania terenowe, opracować ich wyniki i zinterpretować w kontekście postawionego problemu	Ćwiczenia projektowe	Ocena nauczyciela na podstawie zachowania studenta w trakcie zajęć terenowych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>