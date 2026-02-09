--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna technologię i przebieg projektowania od wstępnych badań, poprzez ich uszczegółowienie, opracowanie koncepcji rozwiązania i projektu , w zakresach odpowiednich do przedmiotu ćwiczenia. Ćwiczenia projektowe	Ocena nauczyciela na podstawie zaangażowania i wkładu merytorycznego  studenta w pracę zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>