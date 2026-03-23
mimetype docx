--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna technologię i przebieg projektowania od wstępnych badań, poprzez ich uszczegółowienie, opracowanie koncepcji rozwiązania i projektu , w zakresach odpowiednich do przedmiotu ćwiczenia. Ćwiczenia projektowe	Ocena nauczyciela na podstawie zaangażowania i wkładu merytorycznego  studenta w pracę zespołu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać (zaprojektować),  zaprezentować i obronić przyjętą koncepcję rozwiązania (własnego w zespole i/lub zespołowego w kontakcie z beneficjentem).	Ćwiczenia projektowe	Projekt zespołowy/końcowy. Obrona prezentowanych rozwiązań: wstępna przed nauczycielem i ocena nauczyciela na podstawie zaangażowania i efektów obrony w trakcie odbioru projektu przez beneficjenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>