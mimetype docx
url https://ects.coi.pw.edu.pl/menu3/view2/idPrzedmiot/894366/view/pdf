--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -752,67 +752,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu 60%
 zaliczenie ćwiczeń 40%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -833,67 +833,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu 20%
 zaliczenie ćwiczeń 80%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U12, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>