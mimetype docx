--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -752,67 +752,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu 60%
 zaliczenie ćwiczeń 40%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W15, IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>