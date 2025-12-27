--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -778,271 +778,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną wiedzę  w zakresie chemicznych i biologicznych  metod stosowanych w oczyszczaniu ścieków przemysłowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada rozszerzoną wiedzę  w zakresie chemicznych i biologicznych  metod stosowanych w oczyszczaniu ścieków przemysłowych</w:t>
+        <w:t xml:space="preserve">Ma szczegółową i podbudowaną teoretycznie wiedzę w zakresie chemicznych i biologicznych zaawansowanych technik oraz metod stosowanych w oczyszczaniu ścieków przemysłowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wpisz opis</w:t>
+        <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma szczegółową i podbudowaną teoretycznie wiedzę w zakresie chemicznych i biologicznych zaawansowanych technik oraz metod stosowanych w oczyszczaniu ścieków przemysłowych</w:t>
+        <w:t xml:space="preserve">Umie przeanalizować i ocenić wpływ wybranych parametrów procesu na jego efektywność</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">zajęcia laboratoryjne - wejściówka, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11</w:t>
+        <w:t xml:space="preserve">IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie przeanalizować, opisać i ocenić przebieg procesów fizycznych, chemicznych i biologicznych zachodzących przy oczyszczaniu ścieków przemysłowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>