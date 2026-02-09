--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -778,51 +778,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę  w zakresie chemicznych i biologicznych  metod stosowanych w oczyszczaniu ścieków przemysłowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>