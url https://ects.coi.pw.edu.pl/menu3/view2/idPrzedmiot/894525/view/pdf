--- v0 (2025-12-29)
+++ v1 (2026-02-09)
@@ -1054,51 +1054,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>