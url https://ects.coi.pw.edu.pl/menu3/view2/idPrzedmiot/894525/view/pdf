--- v1 (2026-02-09)
+++ v2 (2026-03-27)
@@ -774,831 +774,831 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą zasad powstawania momentu obrotowego w maszynach elektrycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać budowę i wyjaśnić zasadę działania maszyn prądu przemiennego asynchronicznych: trójfazowych i jednofazowych oraz synchronicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki zewnętrzne dla maszyn elektrycznych pracujących w trybie prądnicowym i uzasadnić ich kształt i przebieg..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi narysować charakterystyki mechaniczne dla maszyn elektrycznych i uzasadnić ich kształt i przebieg</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać metody regulacji prędkości obrotowej maszyn prądu stałego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi wyjaśnić zasadę działania podstawowych układów elektronicznych tj. prostownika, wzmacniacza i generatora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą zasad powstawania momentu obrotowego w maszynach elektrycznych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową w zakresie układów sprzężenia zwrotnego i ich wpływu parametry pracy wzmacniacza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdzian ustny/pisemny przed dopuszczeniem do wykonywania ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące budowy układu pomiarowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady dotyczące podłączania w odpowiedni sposób mierników pozwalających na pomiar wybranych wielkości elektrycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U08, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać obliczeń odpowiednich wielości i na tej podstawie wykreślić charakterystyki np. napięcia od prądu, momentu obrotowego od prędkości obrotowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U08, K_U10, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0203 _ U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i potrafi stosować zasady budowania wykresów wektorowych parametrów transformatora dla różnych trybów pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
-[...709 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U02, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U02, K_U11, K_U12, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>