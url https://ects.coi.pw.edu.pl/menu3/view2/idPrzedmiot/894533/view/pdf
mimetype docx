--- v0 (2025-12-29)
+++ v1 (2026-02-09)
@@ -834,341 +834,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat analizy technologiczności kształtu brył za pomocą narzędzi danym systemie 3D CAD i 3D CAM oraz wiej jakie są zasady programowania obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W10, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat zasad użycia optycznych skanerów 3D oraz metod otrzymywania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w danym systemie3D CAD. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat analizy technologiczności kształtu brył za pomocą narzędzi danym systemie 3D CAD i 3D CAM oraz wiej jakie są zasady programowania obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi. </w:t>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat technik przyrostowych (szczególnie o FDM), wie co to jest i jak zbudowany jest format pliku STL; wie jak wpływają parametry odchylenia liniowego i kątowego na generowaną siatkę trójkątów z brył; wie jaki jest wpływy pochylenia ścian geometrii na generowanie struktur podporowych w danym systemie 3D CAM.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawową wiedzę na temat zasad użycia optycznych skanerów 3D oraz metod otrzymywania siatek trójkątów z chmur punktów, a z potem uzyskiwania z nich powierzchni NURBS w danym systemie3D CAD. </w:t>
+        <w:t xml:space="preserve">Student potrafi opracowywać (w danym systemie 3D CAD) rozłożenia blach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W10</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_U03, K_U04, K_U09, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>