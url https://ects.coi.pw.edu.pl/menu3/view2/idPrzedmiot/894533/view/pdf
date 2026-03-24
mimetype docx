--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1484,51 +1484,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>