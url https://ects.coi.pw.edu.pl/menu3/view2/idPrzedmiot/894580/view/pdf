--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W04, K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -884,51 +884,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_W05, K_W06, K_W09, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1254,51 +1254,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K01, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>