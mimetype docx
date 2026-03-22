--- v1 (2026-02-10)
+++ v2 (2026-03-22)
@@ -884,51 +884,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06, K_W09, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -964,87 +964,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U09, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaplanować budowę nadwozia pojazdu z wyznaczeniem głównych założeń pojazdu </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaplanować budowę nadwozia pojazdu z wyznaczeniem głównych założeń pojazdu </w:t>
+        <w:t xml:space="preserve">Potrafi  ocenić wpływ założeń konstrukcyjnych struktury na klasę i rodzaj nadwozia pojazdu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1055,250 +1125,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_U3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi  ocenić wpływ założeń konstrukcyjnych struktury na klasę i rodzaj nadwozia pojazdu </w:t>
+        <w:t xml:space="preserve">Ma świadomość przyjętych wstępnych założeń konstrukcyjnych nadwozia na klasę i rodzaj pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_K1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość przyjętych wstępnych założeń konstrukcyjnych nadwozia na klasę i rodzaj pojazdu</w:t>
+        <w:t xml:space="preserve">Ma świadomość wagi odniesienia badań na modelach nadwozia do obiektów rzeczywistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01, K_K02, K_K03, K_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_K02, K_K03, K_K04, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>