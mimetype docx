--- v0 (2026-01-08)
+++ v1 (2026-02-10)
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1186,51 +1186,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>