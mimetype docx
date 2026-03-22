--- v1 (2026-02-10)
+++ v2 (2026-03-22)
@@ -746,87 +746,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W06, K_W09, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych technikach projektowania struktur nadwozi w praktyce inżynierskiej </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o współczesnych technikach projektowania struktur nadwozi w praktyce inżynierskiej </w:t>
+        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur nadwozi pojazdów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -837,400 +907,330 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe etapy projektowania struktur nadwozi pojazdów </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę zachowania się struktury nadwozia podczas wymuszeń od drogi </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium sprawdzające: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaplanować prace związane ze wstępnym projektem struktury nadwozia pojazdu </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">11500-00000-ISP-0407_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium sprawdzające: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wstępnie ocenić wpływ przyjętych założeń konstrukcyjnych na wytrzymałość struktury</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">11500-00000-ISP-0407_U3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 11500-00000-ISP-0407_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 	11500-00000-ISP-0407_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę zachowania się struktury nadwozia podczas wymuszeń od drogi </w:t>
+        <w:t xml:space="preserve">Ma świadomość wagi przyjętych założeń dokładność obliczeń konstrukcji oraz konieczności weryfikacji przyjętych założeń </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U09</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">K_K02, K_K03, K_K04, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>