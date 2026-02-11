--- v0 (2026-01-10)
+++ v1 (2026-02-11)
@@ -752,85 +752,225 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą rodzajów i zasady działania silnika krokowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, Rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego Sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać  budowę, zasadę działania wybranych przekładni CVT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W05, K_W08, K_W16, K_W17, K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę nt. wpływu przełożenia na właściwości energetyczne napędu elektrycznego i hybrydowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W13, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1019,250 +1159,250 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą rodzajów i zasady działania silnika krokowego.</w:t>
+        <w:t xml:space="preserve">Zan i potrafi stosować zasady dotyczące pomiaru wielkości elektrycznych i mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, Rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego Sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W13</w:t>
+        <w:t xml:space="preserve">K_U01, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę podstawową i potrafi opisać  budowę, zasadę działania wybranych przekładni CVT</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać zakres przełożeń przekładni CVT w zależności od zadanych warunków obciążeniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W05, K_W08, K_W16, K_W17, K_W19</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U09, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać obliczeń odpowiednich wielości i na tej podstawie wykreślić charakterystyki </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1289,190 +1429,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U07, K_U09, K_U10, K_U12, K_U23</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U09, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>