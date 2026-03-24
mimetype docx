--- v1 (2026-02-11)
+++ v2 (2026-03-24)
@@ -752,85 +752,225 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową nt. zasad sterowania zmianą przełożenia przekładni CVT przy wykorzystaniu różnych aktuatorów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, Rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego Sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą zasad przenoszenia momentu obrotowego przez różne typy przekładni CVT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, Rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego Sprawozdanie z ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę podstawową dotyczącą rodzajów i zasady działania silnika krokowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, Rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego Sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -999,190 +1139,50 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, 
 Rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego
 Sprawozdanie z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W09, K_W11, K_W16</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_W01, K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>